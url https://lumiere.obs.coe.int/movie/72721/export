--- v0 (2025-12-18)
+++ v1 (2026-01-08)
@@ -289,120 +289,120 @@
   <si>
     <t>TriArt Film</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Bir Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>ラブレス</t>
+  </si>
+  <si>
+    <t>FI,SE</t>
+  </si>
+  <si>
+    <t>Saknaden</t>
+  </si>
+  <si>
+    <t>Desamor</t>
+  </si>
+  <si>
+    <t>BG,UA</t>
+  </si>
+  <si>
+    <t>Нелюбов</t>
+  </si>
+  <si>
+    <t>AU,CA,DE,DK,GB,IE,IT,NL,US</t>
+  </si>
+  <si>
+    <t>Loveless</t>
+  </si>
+  <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>Faute d'amour</t>
+  </si>
+  <si>
+    <t>Sevgisiz</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>无爱可诉</t>
+  </si>
+  <si>
+    <t>AR,ES,MX</t>
+  </si>
+  <si>
+    <t>Sin amor</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Sem Amor</t>
+  </si>
+  <si>
+    <t>Nemilovaní</t>
+  </si>
+  <si>
+    <t>Armastuseta</t>
+  </si>
+  <si>
+    <t>Rakkautta vailla</t>
+  </si>
+  <si>
+    <t>Choris Agapi</t>
+  </si>
+  <si>
     <t>HR</t>
   </si>
   <si>
     <t>Bez ljubavi</t>
-  </si>
-[...64 lines deleted...]
-    <t>Choris Agapi</t>
   </si>
   <si>
     <t>Szeretet nélkül</t>
   </si>
   <si>
     <t>Nemeilė</t>
   </si>
   <si>
     <t>Savnet</t>
   </si>
   <si>
     <t>Χωρίς αγάπη</t>
   </si>
   <si>
     <t>Niemiłość</t>
   </si>
   <si>
     <t>Loveless - Sem Amor</t>
   </si>
   <si>
     <t>Fãrã iubire</t>
   </si>
   <si>
     <t>Без љубави</t>
   </si>
@@ -1849,158 +1849,158 @@
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="25.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>91</v>
       </c>
       <c r="B2" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>93</v>
+      </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>94</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>93</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>96</v>
       </c>
       <c r="B6" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>98</v>
       </c>
       <c r="B7" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>100</v>
       </c>
       <c r="B8" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>87</v>
+      </c>
+      <c r="B9" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>87</v>
+        <v>103</v>
       </c>
       <c r="B10" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>105</v>
       </c>
       <c r="B11" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>107</v>
       </c>
       <c r="B12" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>39</v>
+      </c>
+      <c r="B13" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="B14" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B15" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B16" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>55</v>
+        <v>113</v>
       </c>
       <c r="B17" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>57</v>
       </c>
       <c r="B18" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>64</v>
       </c>
       <c r="B19" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>72</v>
       </c>