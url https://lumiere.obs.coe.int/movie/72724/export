--- v0 (2025-11-30)
+++ v1 (2026-01-11)
@@ -133,63 +133,63 @@
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>National Amusements</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Nexo</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Sword Art Online. La película - Ordinal scale</t>
+  </si>
+  <si>
+    <t>Gekijo-ban Sodo Ato Onrain - Odinaru Sukeru</t>
+  </si>
+  <si>
+    <t>Gekijôban Sôdo âto onrain: Ôdinaru sukêru</t>
+  </si>
+  <si>
+    <t>Gekijouban Sôdo âto onrain: Ôdinaru sukêru</t>
+  </si>
+  <si>
     <t>Geugjangpan Sodeu ateu onlain: Odineol seukeil</t>
-  </si>
-[...10 lines deleted...]
-    <t>Gekijouban Sôdo âto onrain: Ôdinaru sukêru</t>
   </si>
   <si>
     <t>Geugjangpan Sword art online: Odineol seukeil</t>
   </si>
   <si>
     <t>Juchangban Daojian shenyu: Xulie zhengzhan</t>
   </si>
   <si>
     <t>Kekcoengbaan Dougim sanwik: Zeoilit zaangzin</t>
   </si>
   <si>
     <t>Sword Art Online: Ôdinaru sukêru</t>
   </si>
   <si>
     <t>Sword Art Online: Ordinal Scale</t>
   </si>
   <si>
     <t>Sword Art Online the Movie: Ordinal Scale</t>
   </si>
   <si>
     <t>Sword Art Online: The Movie - Ordinal Scale</t>
   </si>
   <si>
     <t>Мастер меча онлайн</t>
   </si>
@@ -873,65 +873,65 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="44" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
       <c r="B2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B3" t="s">
-        <v>40</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>1</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="B9" t="s">
         <v>45</v>