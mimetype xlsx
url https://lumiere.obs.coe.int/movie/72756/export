--- v0 (2025-11-20)
+++ v1 (2025-12-10)
@@ -211,50 +211,56 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Midas Filmes</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Nonstop Entertainment</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Ja nisam tvoj crnja</t>
+  </si>
+  <si>
     <t>AT,AU,CA,CO,DE,FR,GB,IE,IT,NZ,US</t>
   </si>
   <si>
     <t>Ben Senin Zencin Degilim</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Eu Não Sou Seu Negro</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Je ne suis pas votre nègre</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Ma ei ole teie neeger</t>
   </si>
   <si>
     <t>ES,FI</t>
@@ -275,56 +281,50 @@
     <t>Nem vagyok a rabszolgád</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>我不是黑奴</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>私はあなたのニグロではない</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>No soy tu negro</t>
   </si>
   <si>
     <t>Nie jestem twoim murzynem</t>
   </si>
   <si>
     <t>I Am Not Your Negro - Não Sou o Teu Negro</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ja nisam tvoj crnja</t>
   </si>
   <si>
     <t>Nisem tvoj zamorec</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Ben Senin Zencin Değilim</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>Remember This House</t>
   </si>
   <si>
     <t>RU,UA</t>
   </si>
   <si>
     <t>Я вам не негр</t>
   </si>
   <si>
     <t>GR</t>
   </si>
@@ -1431,62 +1431,62 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="39.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>65</v>
       </c>
       <c r="B2" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>69</v>
       </c>
       <c r="B5" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>71</v>
       </c>
       <c r="B6" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>73</v>
       </c>
       <c r="B7" t="s">
@@ -1513,67 +1513,67 @@
       <c r="A10" t="s">
         <v>79</v>
       </c>
       <c r="B10" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>81</v>
       </c>
       <c r="B11" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>83</v>
       </c>
       <c r="B12" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>55</v>
+        <v>85</v>
       </c>
       <c r="B13" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B14" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>87</v>
+        <v>57</v>
       </c>
       <c r="B15" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>61</v>
       </c>
       <c r="B16" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>90</v>
       </c>
       <c r="B17" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>92</v>
       </c>