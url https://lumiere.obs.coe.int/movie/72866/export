--- v0 (2025-11-20)
+++ v1 (2026-01-08)
@@ -154,50 +154,56 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Chantier Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>SI</t>
+  </si>
+  <si>
+    <t>Ugrabitev</t>
+  </si>
+  <si>
     <t>AU,CA,DE,FR,GB,IT,NL,US</t>
   </si>
   <si>
     <t>AR,CL,CO</t>
   </si>
   <si>
     <t>Desaparecido</t>
   </si>
   <si>
     <t>Отвличане</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Sequestro</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Kidnappé</t>
   </si>
   <si>
     <t>DE</t>
@@ -233,56 +239,50 @@
     <t>LT</t>
   </si>
   <si>
     <t>Pagrobimas</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Mujer en llamas</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Porwany</t>
   </si>
   <si>
     <t>Rapto</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Rapirea</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ugrabitev</t>
   </si>
   <si>
     <t>Anne</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Похищение</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Викрадення</t>
   </si>
   <si>
     <t>Απαγωγή</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -998,72 +998,72 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>46</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>47</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B3" t="s">
-        <v>48</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="B4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>52</v>
       </c>
       <c r="B6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>54</v>
       </c>
       <c r="B7" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>56</v>
       </c>
@@ -1099,59 +1099,59 @@
       <c r="A12" t="s">
         <v>64</v>
       </c>
       <c r="B12" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>66</v>
       </c>
       <c r="B13" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>68</v>
       </c>
       <c r="B14" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="B15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
       <c r="B16" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>73</v>
       </c>
       <c r="B17" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>42</v>
       </c>
       <c r="B18" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>76</v>
       </c>