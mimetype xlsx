--- v0 (2025-12-06)
+++ v1 (2026-02-02)
@@ -229,150 +229,150 @@
   <si>
     <t>Big Picture 2 Films</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Itafilm</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Move That Body</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,IE,MX,NL,NZ,SE,SG,US</t>
+  </si>
+  <si>
+    <t>Kizlar Gecesi</t>
+  </si>
+  <si>
+    <t>Mergu balius</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Розваги дорослих дiвчат</t>
+  </si>
+  <si>
+    <t>AR,CO</t>
+  </si>
+  <si>
+    <t>Hasta que el cuerpo aguante</t>
+  </si>
+  <si>
+    <t>Girl's Night Out</t>
+  </si>
+  <si>
+    <t>Тежка нощ</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>A Noite é Delas</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Dure soirée</t>
+  </si>
+  <si>
+    <t>Girls' Night Out</t>
+  </si>
+  <si>
+    <t>Girls Night Out</t>
+  </si>
+  <si>
+    <t>Tüdrukuteõhtu</t>
+  </si>
+  <si>
+    <t>Una noche fuera de control</t>
+  </si>
+  <si>
     <t># Pire soirée</t>
   </si>
   <si>
-    <t>AU,CA,GB,IE,MX,NL,NZ,SE,SG,US</t>
-[...49 lines deleted...]
-  <si>
     <t>Csajok hajnalig</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Crazy Night - Festa col morto</t>
   </si>
   <si>
     <t>Mergų balius</t>
   </si>
   <si>
     <t>Mežonīgā naksniņa</t>
   </si>
   <si>
     <t>Siste kveld med jentene</t>
   </si>
   <si>
     <t>Ostra noc</t>
   </si>
   <si>
     <t>Girls Night</t>
   </si>
   <si>
     <t>O noapte nebuna, nebuna</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Teška noć</t>
   </si>
   <si>
     <t>Dekliška noč</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Kızlar Gecesi</t>
   </si>
   <si>
     <t>Rock That Body</t>
-  </si>
-[...1 lines deleted...]
-    <t>Move That Body</t>
   </si>
   <si>
     <t>Розваги дорослих дівчат</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ラフ・ナイト 史上最悪!?の独身さよならパーティー</t>
   </si>
   <si>
     <t>Πάρτι γυναικών</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Очень плохие девчонки</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -1463,53 +1463,50 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="29.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B2" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>72</v>
       </c>
       <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>75</v>
@@ -1570,145 +1567,148 @@
       <c r="A13" t="s">
         <v>37</v>
       </c>
       <c r="B13" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>39</v>
       </c>
       <c r="B14" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>41</v>
       </c>
       <c r="B15" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="B16" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
+        <v>49</v>
+      </c>
+      <c r="B17" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>54</v>
+        <v>91</v>
       </c>
       <c r="B18" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B19" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B20" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B21" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B22" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B23" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
+        <v>64</v>
+      </c>
+      <c r="B24" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>66</v>
+        <v>99</v>
       </c>
       <c r="B25" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
+        <v>66</v>
+      </c>
+      <c r="B26" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>6</v>
+        <v>102</v>
       </c>
       <c r="B27" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="28" spans="1:2">
+      <c r="A28" t="s">
+        <v>6</v>
+      </c>
       <c r="B28" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>75</v>
       </c>
       <c r="B29" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>106</v>
       </c>
       <c r="B30" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>46</v>
       </c>
       <c r="B31" t="s">