--- v0 (2025-11-16)
+++ v1 (2026-01-22)
@@ -139,69 +139,69 @@
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Golden Cooperation</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>En busca de venganza</t>
+  </si>
+  <si>
+    <t>478</t>
+  </si>
+  <si>
     <t>AU,CA,FR,GB,GR,MX,NL,SE,SG,US</t>
   </si>
   <si>
     <t>Aftermath: Impact</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Pasojat</t>
-  </si>
-[...7 lines deleted...]
-    <t>478</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Em Busca de Vingança</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Impact</t>
   </si>
   <si>
     <t>CZ,SK</t>
   </si>
   <si>
     <t>Cesta bez návratu</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Vendetta: Alles was ihm blieb war Rache</t>
   </si>
@@ -968,77 +968,77 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="29.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>41</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>42</v>
       </c>
     </row>
     <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>25</v>
+      </c>
       <c r="B3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>44</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
+      <c r="B5" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>46</v>
       </c>
       <c r="B6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>48</v>
       </c>
       <c r="B7" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>50</v>
       </c>
       <c r="B8" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>52</v>
       </c>