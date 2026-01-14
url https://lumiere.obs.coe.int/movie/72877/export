--- v0 (2025-12-04)
+++ v1 (2026-01-14)
@@ -211,90 +211,90 @@
   <si>
     <t>Pris Audiovisuais</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Forum Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>TME Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Le refuge</t>
+  </si>
+  <si>
+    <t>CL,VE</t>
+  </si>
+  <si>
+    <t>La Cabaña</t>
+  </si>
+  <si>
     <t>AU,CA,GB,IE,IT,KR,NL,NZ,SE,US</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Pašiure</t>
   </si>
   <si>
     <t>AR,CO,ES,MX</t>
   </si>
   <si>
     <t>La cabaña</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Die Hütte - Ein Wochenende mit Gott</t>
   </si>
   <si>
     <t>Колибата</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>A Cabana</t>
-  </si>
-[...10 lines deleted...]
-    <t>La Cabaña</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Le Chemin du pardon</t>
   </si>
   <si>
     <t>HR,SI</t>
   </si>
   <si>
     <t>Koliba</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>A viskó</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>アメイジング・ジャーニー 神の小屋より</t>
   </si>
@@ -1382,144 +1382,144 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="28" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="33.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>65</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>66</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B4" t="s">
-        <v>69</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>70</v>
       </c>
       <c r="B5" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>72</v>
       </c>
       <c r="B6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>33</v>
       </c>
       <c r="B8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>77</v>
       </c>
       <c r="B9" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>79</v>
       </c>
       <c r="B10" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>81</v>
       </c>
       <c r="B11" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>83</v>
       </c>
       <c r="B12" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>85</v>
       </c>
       <c r="B13" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B14" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>54</v>
       </c>
       <c r="B15" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>89</v>
       </c>
       <c r="B16" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>61</v>
       </c>