--- v0 (2025-11-23)
+++ v1 (2026-01-08)
@@ -154,50 +154,56 @@
   <si>
     <t>Latvian Theatrical Distribution</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Kino Swiat</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Orman</t>
+  </si>
+  <si>
     <t>AU,CA,DE,FR,GB,HK,IT,MX,NL,SE,SG,US</t>
   </si>
   <si>
     <t>Dziungles</t>
   </si>
   <si>
     <t>Dzungla</t>
   </si>
   <si>
     <t>Džungla</t>
   </si>
   <si>
     <t>Selva</t>
   </si>
   <si>
     <t>AR,CO</t>
   </si>
   <si>
     <t>Jungla</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Джунгла</t>
@@ -233,56 +239,50 @@
     <t>JP</t>
   </si>
   <si>
     <t>ジャングル ギンズバーグ19日間の軌跡</t>
   </si>
   <si>
     <t>Džiungles</t>
   </si>
   <si>
     <t>Džungļi</t>
   </si>
   <si>
     <t>Dżungla</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Jungla: Taramul mortii</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Џунгла</t>
-  </si>
-[...4 lines deleted...]
-    <t>Orman</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Джунглі</t>
   </si>
   <si>
     <t>Η ζούγκλα</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Джунгли</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
@@ -1034,172 +1034,172 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="34.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>46</v>
       </c>
       <c r="B2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>53</v>
       </c>
       <c r="B8" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>55</v>
       </c>
       <c r="B9" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>57</v>
       </c>
       <c r="B10" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="B11" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B12" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="B13" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="B14" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>64</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>66</v>
       </c>
       <c r="B16" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B17" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B18" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="B19" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>71</v>
       </c>
       <c r="B20" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>73</v>
       </c>
       <c r="B21" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>75</v>
       </c>