--- v0 (2025-12-11)
+++ v1 (2026-01-20)
@@ -172,50 +172,53 @@
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Monolith</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Pris Audiovisuais</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>TME Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Seseliu namai</t>
+  </si>
+  <si>
     <t>AU,CA,HK,IT,KR,NL,SE,SG,US</t>
   </si>
   <si>
     <t>Karanlik Sir</t>
   </si>
   <si>
     <t>AR,CL,CO,MX</t>
   </si>
   <si>
     <t>Secretos ocultos</t>
   </si>
   <si>
     <t>Ukleta Kuca</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Живот сред сенки</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>O Segredo de Marrowbone</t>
@@ -245,53 +248,50 @@
     <t>Ukleta kuća</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Menedék</t>
   </si>
   <si>
     <t>GB,IE</t>
   </si>
   <si>
     <t>The Secret of Marrowbone</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>I segreti di Marrowbone</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>マローボーン家の掟</t>
-  </si>
-[...1 lines deleted...]
-    <t>Seseliu namai</t>
   </si>
   <si>
     <t>Meroubounas noslēpums</t>
   </si>
   <si>
     <t>Tajemnica Marrowbone</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Casa Marrowbone</t>
   </si>
   <si>
     <t>Karanlık Sır</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Обитель теней</t>
   </si>
   <si>
     <t>UA</t>
   </si>
@@ -1159,171 +1159,171 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="25.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B2" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B3" t="s">
-        <v>53</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>48</v>
+      </c>
+      <c r="B4" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>55</v>
       </c>
       <c r="B5" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>62</v>
+      </c>
+      <c r="B9" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>6</v>
+        <v>64</v>
       </c>
       <c r="B10" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>34</v>
+        <v>6</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>34</v>
+      </c>
+      <c r="B12" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>68</v>
+      </c>
+      <c r="B13" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
+        <v>70</v>
+      </c>
+      <c r="B14" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
+        <v>72</v>
+      </c>
+      <c r="B15" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
+        <v>74</v>
+      </c>
+      <c r="B16" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>41</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>42</v>
       </c>
       <c r="B18" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>44</v>
       </c>
       <c r="B19" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>80</v>
       </c>