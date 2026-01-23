--- v0 (2025-11-23)
+++ v1 (2026-01-23)
@@ -241,105 +241,105 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Alambique</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Noble Entertainment</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Filmarti</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Vakarelis</t>
+  </si>
+  <si>
+    <t>Party</t>
+  </si>
+  <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>Petrecerea</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Zabava</t>
+  </si>
+  <si>
     <t>AR,AT,AU,CL,DE,ES,FR,GB,GR,IE,IT,NL,NZ,SG,TR,US</t>
   </si>
   <si>
     <t>To Parti</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>酒会</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Купонът</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>A Festa</t>
   </si>
   <si>
     <t>Pidu</t>
   </si>
   <si>
     <t>A vendégek</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>サリー・ポッターの パーティー</t>
-  </si>
-[...19 lines deleted...]
-    <t>Zabava</t>
   </si>
   <si>
     <t>Το πάρτι</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Вечеринка</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1560,125 +1560,125 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="44.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>75</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>76</v>
       </c>
     </row>
     <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>65</v>
+      </c>
       <c r="B3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B4" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B6" t="s">
-        <v>82</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>50</v>
+        <v>84</v>
       </c>
       <c r="B8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="B11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>90</v>
+        <v>50</v>
       </c>
       <c r="B12" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>92</v>
       </c>
       <c r="B13" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>48</v>
       </c>
       <c r="B14" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>95</v>
       </c>