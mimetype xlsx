--- v0 (2025-12-08)
+++ v1 (2026-02-26)
@@ -100,75 +100,75 @@
   <si>
     <t>Total since 2017</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>A Contracorriente Films</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Films4You</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,DE,FR,GB,IT,NL,NZ,SE,SG,US</t>
+  </si>
+  <si>
     <t>AR,ES</t>
   </si>
   <si>
     <t>6 días</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>6 Dias</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>6 jours</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Six Days</t>
-  </si>
-[...1 lines deleted...]
-    <t>AU,CA,DE,FR,GB,IT,NL,NZ,SE,SG,US</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>6 dni</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>6 zile</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>6 дней</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>6 днів</t>
   </si>
@@ -732,83 +732,83 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="31.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="9.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>29</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>31</v>
+      </c>
+      <c r="B4" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B5" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>37</v>
       </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>41</v>
       </c>
       <c r="B9" t="s">
         <v>42</v>
       </c>