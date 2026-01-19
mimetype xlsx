--- v0 (2025-11-17)
+++ v1 (2026-01-19)
@@ -163,63 +163,63 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Eye Film Institute</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Tromsø Internasjonale Filmfestival</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Nowe Horyzonty</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Vetrarbræður</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>凛冬兄弟</t>
+  </si>
+  <si>
     <t>RO</t>
   </si>
   <si>
     <t>Iarna tradarii</t>
-  </si>
-[...7 lines deleted...]
-    <t>凛冬兄弟</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Irmãos do Inverno</t>
   </si>
   <si>
     <t>CA,FR,GB,SE,US</t>
   </si>
   <si>
     <t>Winter Brothers</t>
   </si>
   <si>
     <t>Téli fivérek</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ウィンター・ブラザーズ</t>
   </si>
   <si>
     <t>Zimowi bracia</t>
   </si>
@@ -1024,68 +1024,68 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>6</v>
       </c>
-      <c r="B3" t="s">
+      <c r="B4" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>52</v>
       </c>
       <c r="B5" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>54</v>
       </c>
       <c r="B6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>56</v>
       </c>
       <c r="B7" t="s">
         <v>57</v>
       </c>