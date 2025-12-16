--- v0 (2025-11-18)
+++ v1 (2025-12-16)
@@ -151,50 +151,56 @@
   <si>
     <t>Spentzos Film</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Bim Distribuzione</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>Felt</t>
+  </si>
+  <si>
     <t>PL</t>
   </si>
   <si>
     <t>Tajne zródlo</t>
   </si>
   <si>
     <t>AU,CA,GB,KR,NL,US</t>
   </si>
   <si>
     <t>Mark Felt: Beyaz Saray'a yikim getiren adam</t>
   </si>
   <si>
     <t>AR,CL,CO,MX</t>
   </si>
   <si>
     <t>El informante</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Човекът, който свали Белия дом</t>
   </si>
   <si>
     <t>BR</t>
@@ -209,56 +215,50 @@
     <t>FI</t>
   </si>
   <si>
     <t>Mark Felt: The Secret Man</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Mélytorok: A Watergate-sztori</t>
   </si>
   <si>
     <t>Mark Felt: The Man Who Brought Down The White House</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ザ・シークレットマン</t>
   </si>
   <si>
     <t>Tajne źródło</t>
   </si>
   <si>
     <t>Mark Felt - O Homem Que Derrubou a Casa Branca</t>
-  </si>
-[...4 lines deleted...]
-    <t>Felt</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Mark Felt: Beyaz Saray'a Yıkım Getiren Adam</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Вотерґейт: Падіння Білого дому</t>
   </si>
   <si>
     <t>AT,DE,NO,SE</t>
   </si>
   <si>
     <t>The Secret Man</t>
   </si>
   <si>
     <t>The Secret Man - Mark Felt</t>
   </si>
   <si>
     <t>IT,US</t>
   </si>
@@ -1006,141 +1006,141 @@
     <col min="1" max="1" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="51" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>45</v>
       </c>
       <c r="B2" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>47</v>
       </c>
       <c r="B3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>49</v>
+      </c>
+      <c r="B4" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>51</v>
       </c>
       <c r="B6" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>53</v>
       </c>
       <c r="B7" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="B8" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="B9" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>58</v>
       </c>
       <c r="B10" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="B11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>61</v>
+        <v>38</v>
       </c>
       <c r="B12" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>45</v>
+        <v>63</v>
       </c>
       <c r="B13" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="B14" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="B15" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>67</v>
       </c>
       <c r="B16" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>69</v>
       </c>
       <c r="B17" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>71</v>
       </c>