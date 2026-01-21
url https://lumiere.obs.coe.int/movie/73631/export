--- v0 (2025-11-22)
+++ v1 (2026-01-21)
@@ -118,132 +118,132 @@
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Les Acacias</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Dr. Mabuses tusen ögon</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Dr. Mabüs'ün Maceralari</t>
+  </si>
+  <si>
+    <t>Tysiac oczu doktora Mabuse</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>Los 1000 ojos del Dr. Mabuse</t>
+  </si>
+  <si>
+    <t>Los mil ojos del Dr. Mabuse</t>
+  </si>
+  <si>
+    <t>BE</t>
+  </si>
+  <si>
+    <t>De 1000 ogen van Dr. Mabuse</t>
+  </si>
+  <si>
+    <t>Les mille yeux du Docteur Mabuse</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Хилядата очи на д-р Мабузе</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Os Mil Olhos do Dr. Mabuse</t>
+  </si>
+  <si>
+    <t>CA,US</t>
+  </si>
+  <si>
+    <t>The Thousand Eyes of Dr. Mabuse</t>
+  </si>
+  <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>Le diabolique docteur Mabuse</t>
+  </si>
+  <si>
+    <t>Dr. Mabuses Meisterwerk: Die 1000 Augen des Dr. Mabuse</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Dr. Mabuses 1000 øjne</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Los crímenes del doctor Mabuse</t>
+  </si>
+  <si>
+    <t>FI,SE</t>
+  </si>
+  <si>
+    <t>Doktor Mabuses 1000 ögon</t>
+  </si>
+  <si>
     <t>FI</t>
   </si>
   <si>
     <t>Mabuses 1000 ögon</t>
-  </si>
-[...76 lines deleted...]
-    <t>Doktor Mabuses 1000 ögon</t>
   </si>
   <si>
     <t>Mabusen 1000 silmää</t>
   </si>
   <si>
     <t>Tohtori Mabusen 1000 silmää</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>O dolofonos me ta 1000 matia</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Dr. Mabuse ezer szeme</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Il diabolico Dr. Mabuse</t>
   </si>
@@ -926,186 +926,186 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="52.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>34</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-      <c r="A3" t="s">
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>36</v>
       </c>
-      <c r="B3" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
+      <c r="B5" t="s">
         <v>38</v>
       </c>
-      <c r="B5" t="s">
+    </row>
+    <row r="6" spans="1:2">
+      <c r="A6" t="s">
         <v>39</v>
       </c>
-    </row>
-    <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B8" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>42</v>
+      </c>
+      <c r="B9" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B10" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>47</v>
       </c>
       <c r="B11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>49</v>
       </c>
       <c r="B12" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>51</v>
       </c>
       <c r="B13" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
+        <v>34</v>
+      </c>
+      <c r="B14" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="B15" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>56</v>
       </c>
       <c r="B16" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>58</v>
       </c>
       <c r="B17" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>60</v>
       </c>
       <c r="B18" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="B19" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="B20" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>64</v>
       </c>
       <c r="B21" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>66</v>
       </c>
       <c r="B22" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>68</v>
       </c>
@@ -1149,51 +1149,51 @@
       <c r="A28" t="s">
         <v>78</v>
       </c>
       <c r="B28" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>80</v>
       </c>
       <c r="B29" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>82</v>
       </c>
       <c r="B30" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B31" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="B32" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="B33" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="B34" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>88</v>
       </c>
       <c r="B35" t="s">