--- v0 (2025-12-06)
+++ v1 (2026-01-21)
@@ -262,84 +262,84 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>ASFK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>BS Dağıtım</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Workshop</t>
+  </si>
+  <si>
+    <t>Der Workshop</t>
+  </si>
+  <si>
+    <t>CL</t>
+  </si>
+  <si>
+    <t>El Atelier</t>
+  </si>
+  <si>
+    <t>Lekce</t>
+  </si>
+  <si>
     <t>CA</t>
   </si>
   <si>
     <t>Letnia szkola zycia</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>El atelier</t>
   </si>
   <si>
     <t>Семинарът</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>A Trama</t>
-  </si>
-[...13 lines deleted...]
-    <t>Workshop</t>
   </si>
   <si>
     <t>El taller de escritura</t>
   </si>
   <si>
     <t>FR,IT</t>
   </si>
   <si>
     <t>L'Atelier</t>
   </si>
   <si>
     <t>GB,IE,NO,US</t>
   </si>
   <si>
     <t>The Workshop</t>
   </si>
   <si>
     <t>Letnia szkoła życia</t>
   </si>
   <si>
     <t>O Workshop</t>
   </si>
   <si>
     <t>Atelierul</t>
   </si>
@@ -1597,115 +1597,115 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="18.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>66</v>
+        <v>36</v>
       </c>
       <c r="B3" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>84</v>
       </c>
       <c r="B4" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="B5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>87</v>
       </c>
       <c r="B6" t="s">
-        <v>88</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>36</v>
+        <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>89</v>
+      </c>
+      <c r="B8" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B9" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>40</v>
+        <v>92</v>
       </c>
       <c r="B10" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>42</v>
       </c>
       <c r="B11" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>95</v>
       </c>
       <c r="B12" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>97</v>
       </c>