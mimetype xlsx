--- v0 (2025-11-23)
+++ v1 (2026-01-08)
@@ -67,93 +67,93 @@
   <si>
     <t>ISAN link</t>
   </si>
   <si>
     <t>https://web.isan.org/public/en/isan/0000-0004-6245-0000-I-0000-0000-K</t>
   </si>
   <si>
     <t>EIDR link</t>
   </si>
   <si>
     <t>https://ui.eidr.org/view/content?id=10.5240/786C-FC08-D0C1-C12F-96AD-I</t>
   </si>
   <si>
     <t>CNC (FR) link</t>
   </si>
   <si>
     <t>https://www.cnc.fr/professionnels/visas-et-classification/145348</t>
   </si>
   <si>
     <t>Wikidata link</t>
   </si>
   <si>
     <t>https://www.wikidata.org/wiki/Q27590100</t>
   </si>
   <si>
-    <t>JustWatch link</t>
-[...4 lines deleted...]
-  <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2017</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Alternative Films</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Pathé</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
+  </si>
+  <si>
+    <t>CZ</t>
+  </si>
+  <si>
+    <t>Popelka: Nový příběh</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Nowe przygody Kopciuszka</t>
   </si>
   <si>
     <t>GB,US</t>
   </si>
   <si>
     <t>The New Adventures of Cinderella</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -482,63 +482,63 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imdb.com/title/tt5964278/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.isan.org/public/en/isan/0000-0004-6245-0000-I-0000-0000-K" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ui.eidr.org/view/content?id=10.5240/786C-FC08-D0C1-C12F-96AD-I" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnc.fr/professionnels/visas-et-classification/145348" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q27590100" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justwatch.com/fr/film/les-nouvelles-aventures-de-cendrillon" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imdb.com/title/tt5964278/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.isan.org/public/en/isan/0000-0004-6245-0000-I-0000-0000-K" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ui.eidr.org/view/content?id=10.5240/786C-FC08-D0C1-C12F-96AD-I" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnc.fr/professionnels/visas-et-classification/145348" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q27590100" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B10"/>
+  <dimension ref="A1:B9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="33.140625" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="67.85546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="66.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B3">
         <v>2017</v>
       </c>
@@ -567,259 +567,258 @@
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>16</v>
-      </c>
-[...6 lines deleted...]
-        <v>18</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
     <hyperlink ref="B9" r:id="rId5"/>
-    <hyperlink ref="B10" r:id="rId6"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16.140625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="7" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C1" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="D1" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="E1" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="F1" s="1" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B2" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C2">
         <v>43026</v>
       </c>
       <c r="D2" s="3">
         <v>38497</v>
       </c>
       <c r="E2" s="3">
         <v>38497</v>
       </c>
       <c r="F2" s="3"/>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B3" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C3">
         <v>43026</v>
       </c>
       <c r="D3" s="3">
         <v>5860</v>
       </c>
       <c r="E3" s="3">
         <v>5835</v>
       </c>
       <c r="F3" s="3">
         <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C4">
         <v>43026</v>
       </c>
       <c r="D4" s="3">
         <v>816252</v>
       </c>
       <c r="E4" s="3">
         <v>815892</v>
       </c>
       <c r="F4" s="3">
         <v>360</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C5">
         <v>43026</v>
       </c>
       <c r="D5" s="3">
         <v>960</v>
       </c>
       <c r="E5" s="3">
         <v>960</v>
       </c>
       <c r="F5" s="3"/>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D6" s="3">
         <v>855709</v>
       </c>
       <c r="E6" s="3">
         <v>855349</v>
       </c>
       <c r="F6" s="3">
         <v>360</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D7" s="3">
         <v>861569</v>
       </c>
       <c r="E7" s="3">
         <v>861184</v>
       </c>
       <c r="F7" s="3">
         <v>385</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B4"/>
+  <dimension ref="A1:B5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>6</v>
       </c>
       <c r="B3" t="s">
-        <v>33</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
+      <c r="B5" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">