--- v0 (2025-12-02)
+++ v1 (2026-01-12)
@@ -157,120 +157,120 @@
   <si>
     <t>Warner Bros.</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,DE,DK,ES,FI,FR,GB,IT,KR,NL,PL,SE,US</t>
+  </si>
+  <si>
+    <t>AR,MX,VE</t>
+  </si>
+  <si>
+    <t>Batman eternamente</t>
+  </si>
+  <si>
+    <t>Batman navzdy</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Батман Завинаги</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Batman Eternamente</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Batman à jamais</t>
+  </si>
+  <si>
+    <t>CZ,SK</t>
+  </si>
+  <si>
+    <t>Batman navždy</t>
+  </si>
+  <si>
+    <t>EE</t>
+  </si>
+  <si>
+    <t>Batman igaveseks</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Batman gia panta</t>
+  </si>
+  <si>
+    <t>HR</t>
+  </si>
+  <si>
+    <t>Batman zauvijek</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Mindörökké Batman</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>バットマン・フォーエヴァー</t>
+  </si>
+  <si>
     <t>LT</t>
   </si>
   <si>
     <t>Betmenas amžiams</t>
-  </si>
-[...64 lines deleted...]
-    <t>バットマン・フォーエヴァー</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Batman Para Sempre</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Бетмен заувек</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Batman za vedno</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Netopierí muž navždy</t>
   </si>
@@ -1191,72 +1191,72 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="38.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>47</v>
       </c>
       <c r="B2" t="s">
-        <v>48</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B3" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="B5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>53</v>
       </c>
       <c r="B6" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>55</v>
       </c>
       <c r="B7" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>57</v>
       </c>
@@ -1385,51 +1385,51 @@
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="B24" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>88</v>
       </c>
       <c r="B25" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>90</v>
       </c>
       <c r="B26" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B27" t="s">
         <v>92</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>