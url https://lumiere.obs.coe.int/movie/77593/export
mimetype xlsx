--- v0 (2025-11-19)
+++ v1 (2026-01-13)
@@ -241,111 +241,111 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>20th Century Fox</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Okeanovih 8</t>
+  </si>
+  <si>
+    <t>Okeaninih 8</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>瞒天过海：美人计</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Oušnovih 8</t>
+  </si>
+  <si>
+    <t>DE,GB,KR,SE,SG,US</t>
+  </si>
+  <si>
+    <t>Ouseno 8</t>
+  </si>
+  <si>
+    <t>AR,CL,CO</t>
+  </si>
+  <si>
+    <t>Ocean's 8: Las estafadoras</t>
+  </si>
+  <si>
+    <t>AT,AU,CA,DE,ES,FI,FR,IE,IT,NL,NO,NZ,PL,PT,TR</t>
+  </si>
+  <si>
+    <t>Ocean's 8</t>
+  </si>
+  <si>
+    <t>Бандитките на Оушън</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Oito Mulheres e um Segredo</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Debbie Ocean 8</t>
+  </si>
+  <si>
+    <t>Debbie a její parťačky</t>
+  </si>
+  <si>
+    <t>Oceani 8</t>
+  </si>
+  <si>
     <t>HR,SI</t>
   </si>
   <si>
     <t>Oceanovih 8</t>
-  </si>
-[...55 lines deleted...]
-    <t>Oceani 8</t>
   </si>
   <si>
     <t>Ocean's 8: Az évszázad átverése</t>
   </si>
   <si>
     <t>Η συμμορία των 8</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>盜海豪情：8美千嬌</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>オーシャンズ8</t>
   </si>
   <si>
     <t>Oušenas 8</t>
   </si>
   <si>
     <t>MX</t>
   </si>
@@ -1551,155 +1551,155 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="41.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>77</v>
+        <v>28</v>
       </c>
       <c r="B3" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>79</v>
+      </c>
+      <c r="B5" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>81</v>
       </c>
       <c r="B6" t="s">
-        <v>82</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="B7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>28</v>
+        <v>83</v>
       </c>
       <c r="B8" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>85</v>
       </c>
       <c r="B9" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B10" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>31</v>
+        <v>88</v>
       </c>
       <c r="B11" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>90</v>
       </c>
       <c r="B12" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>35</v>
+      </c>
+      <c r="B13" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="B14" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>40</v>
+        <v>94</v>
       </c>
       <c r="B15" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>49</v>
       </c>
       <c r="B16" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>46</v>
       </c>
       <c r="B17" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>98</v>
       </c>
@@ -1719,51 +1719,51 @@
       <c r="A20" t="s">
         <v>58</v>
       </c>
       <c r="B20" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>103</v>
       </c>
       <c r="B21" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>66</v>
       </c>
       <c r="B22" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B23" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>70</v>
       </c>
       <c r="B24" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>108</v>
       </c>
       <c r="B25" t="s">
         <v>109</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>