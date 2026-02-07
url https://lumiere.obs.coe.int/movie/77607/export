--- v0 (2025-11-20)
+++ v1 (2026-02-07)
@@ -283,90 +283,90 @@
   <si>
     <t>Ro-Image 2000</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Kamanė</t>
+  </si>
+  <si>
+    <t>Kamene</t>
+  </si>
+  <si>
+    <t>Transformers 6</t>
+  </si>
+  <si>
+    <t>Kamane</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Бамблбi</t>
+  </si>
+  <si>
+    <t>RS,RU</t>
+  </si>
+  <si>
+    <t>Бамблби</t>
+  </si>
+  <si>
+    <t>US</t>
+  </si>
+  <si>
+    <t>Brighton Falls</t>
+  </si>
+  <si>
     <t>AR,AT,AU,BR,CA,CL,CO,DE,DK,ES,FR,GB,HK,IE,IT,KR,MX,NL,NZ,PL,PT,RO,SE,SG,SK,US</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>Da Huang Feng</t>
   </si>
   <si>
     <t>Űrdongó</t>
-  </si>
-[...28 lines deleted...]
-    <t>Бамблбi</t>
   </si>
   <si>
     <t>Бъмбълбий</t>
   </si>
   <si>
     <t>Бамблбі</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>バンブルビー</t>
   </si>
   <si>
     <t>Transformers: Bumblebee</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
@@ -1796,136 +1796,136 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="74" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B2" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B3" t="s">
         <v>90</v>
       </c>
-      <c r="B3" t="s">
+    </row>
+    <row r="4" spans="1:2">
+      <c r="B4" t="s">
         <v>91</v>
-      </c>
-[...6 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>65</v>
       </c>
       <c r="B5" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>68</v>
+        <v>93</v>
       </c>
       <c r="B6" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>95</v>
       </c>
       <c r="B7" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>97</v>
       </c>
       <c r="B8" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="9" spans="1:2">
+      <c r="A9" t="s">
+        <v>99</v>
+      </c>
       <c r="B9" t="s">
-        <v>99</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>65</v>
+        <v>100</v>
       </c>
       <c r="B10" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>101</v>
+        <v>58</v>
       </c>
       <c r="B11" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>36</v>
       </c>
       <c r="B12" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="B13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>105</v>
       </c>
       <c r="B14" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>86</v>
       </c>
       <c r="B15" t="s">
         <v>107</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>