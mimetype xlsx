--- v0 (2025-11-21)
+++ v1 (2025-12-15)
@@ -253,102 +253,102 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>TME Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Labürindijooksja: Surma ravim</t>
+  </si>
+  <si>
     <t>CA,GB,HK,KR,NL,NZ,SE,US</t>
   </si>
   <si>
     <t>Le Labyrinthe: Le remède mortel</t>
   </si>
   <si>
     <t>Wiezien labiryntu 3: Lek na smierc</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Той, що бiжить лабiринтом: Лiки вiд смертi</t>
   </si>
   <si>
     <t>AR,CL,CO,MX</t>
   </si>
   <si>
     <t>Maze Runner: La cura mortal</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Maze Runner - Die Auserwählten in der Todeszone</t>
   </si>
   <si>
     <t>Лабиринтът: Последният кандидат</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>Maze Runner: A Cura Mortal</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>L'épreuve: Le remède mortel</t>
   </si>
   <si>
     <t>Labyrint: Vražedná léčba</t>
   </si>
   <si>
     <t>DK,NO</t>
   </si>
   <si>
     <t>Maze Runner: Dødskuren</t>
-  </si>
-[...1 lines deleted...]
-    <t>Labürindijooksja: Surma ravim</t>
   </si>
   <si>
     <t>El corredor del laberinto: La cura mortal</t>
   </si>
   <si>
     <t>Labyrintti - Tappava lääke</t>
   </si>
   <si>
     <t>Le Labyrinthe : Le Remède mortel</t>
   </si>
   <si>
     <t>Labirint: Lijek smrti</t>
   </si>
   <si>
     <t>Az útvesztő: Halálkúra</t>
   </si>
   <si>
     <t>AU,IE,NZ</t>
   </si>
   <si>
     <t>The Maze Runner: The Death Cure</t>
   </si>
   <si>
     <t>Maze Runner - La rivelazione</t>
   </si>
@@ -1589,139 +1589,139 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="45.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="B3" t="s">
-        <v>80</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>67</v>
+        <v>45</v>
       </c>
       <c r="B4" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>67</v>
+      </c>
+      <c r="B5" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>83</v>
+      </c>
+      <c r="B6" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>85</v>
+      </c>
+      <c r="B7" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>31</v>
+        <v>87</v>
       </c>
       <c r="B8" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>31</v>
+      </c>
+      <c r="B9" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>35</v>
+        <v>92</v>
       </c>
       <c r="B11" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>35</v>
+      </c>
+      <c r="B12" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>40</v>
+        <v>95</v>
       </c>
       <c r="B13" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>42</v>
       </c>
       <c r="B14" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>44</v>
       </c>
       <c r="B15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>45</v>
       </c>
@@ -1877,51 +1877,51 @@
       <c r="A35" t="s">
         <v>121</v>
       </c>
       <c r="B35" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>47</v>
       </c>
       <c r="B36" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>47</v>
       </c>
       <c r="B37" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B38" t="s">
         <v>125</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>