--- v0 (2025-12-23)
+++ v1 (2026-01-13)
@@ -220,57 +220,57 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Itafilm</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AR,AU,CA,CL,CO,DE,ES,FR,GB,IT,KR,MX,NL,NZ,PL,PT,SE,US</t>
+  </si>
+  <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slendermen</t>
-  </si>
-[...1 lines deleted...]
-    <t>AR,AU,CA,CL,CO,DE,ES,FR,GB,IT,KR,MX,NL,NZ,PL,PT,SE,US</t>
   </si>
   <si>
     <t>Uzun Kabus</t>
   </si>
   <si>
     <t>Слендърмен</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Slender Man: Pesadelo Sem Rosto</t>
   </si>
   <si>
     <t>Slender Man: Az ismeretlen rém</t>
   </si>
   <si>
     <t>Slenderman</t>
   </si>
   <si>
     <t>Slendermenas</t>
   </si>
   <si>
     <t>Slendermens</t>
   </si>
@@ -1288,59 +1288,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="51.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>68</v>
       </c>
       <c r="B2" t="s">
-        <v>69</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>69</v>
+      </c>
+      <c r="B3" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>27</v>
       </c>
       <c r="B5" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>73</v>
       </c>
       <c r="B6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">