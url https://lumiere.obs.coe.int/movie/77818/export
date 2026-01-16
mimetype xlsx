--- v0 (2025-12-19)
+++ v1 (2026-01-16)
@@ -274,84 +274,84 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Folkets Bio</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>ASFK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA,GB,US</t>
+  </si>
+  <si>
+    <t>The Apparition</t>
+  </si>
+  <si>
     <t>BE,CA,FR</t>
   </si>
   <si>
     <t>AR,ES,MX</t>
   </si>
   <si>
     <t>La aparición</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Die Erscheinung</t>
   </si>
   <si>
     <t>BA,HR,RS</t>
   </si>
   <si>
     <t>Prikaza</t>
   </si>
   <si>
     <t>Видението</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>A Aparição</t>
-  </si>
-[...4 lines deleted...]
-    <t>The Apparition</t>
   </si>
   <si>
     <t>Zjevení</t>
   </si>
   <si>
     <t>Åbenbaringen</t>
   </si>
   <si>
     <t>L'aparició</t>
   </si>
   <si>
     <t>A jelenés</t>
   </si>
   <si>
     <t>L'apparizione</t>
   </si>
   <si>
     <t>Apsireiskimas</t>
   </si>
   <si>
     <t>Tajemnica objawienia</t>
   </si>
   <si>
     <t>Uppenbarelsen</t>
   </si>
@@ -1611,88 +1611,88 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>86</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B3" t="s">
-        <v>88</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>89</v>
       </c>
       <c r="B4" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>91</v>
       </c>
       <c r="B5" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>93</v>
       </c>
       <c r="B6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>94</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>96</v>
       </c>
       <c r="B8" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>43</v>
       </c>