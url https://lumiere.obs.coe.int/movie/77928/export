--- v0 (2025-11-18)
+++ v1 (2025-12-10)
@@ -112,99 +112,99 @@
   <si>
     <t>Finnkino</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>2i Film</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
+    <t>Anioł stróż</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Anđeo čuvar</t>
+  </si>
+  <si>
     <t>Aniol stróz</t>
   </si>
   <si>
     <t>The Guardian Angel - Skyddsängeln</t>
   </si>
   <si>
     <t>CA,FI,GB,SG</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Ángel de la muerte</t>
   </si>
   <si>
     <t>The guardian angel</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Hypnose</t>
   </si>
   <si>
     <t>GB,NL,US</t>
   </si>
   <si>
     <t>Murderous Trance</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>L'ipnotista</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>더 가디언 엔젤</t>
-  </si>
-[...7 lines deleted...]
-    <t>Anđeo čuvar</t>
   </si>
   <si>
     <t>Angel varuh</t>
   </si>
   <si>
     <t>Skytsenglen</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ガーディアン・エンジェル 洗脳捜査X</t>
   </si>
   <si>
     <t>The guardian angel - suojelusenkeli</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Ангел-хранитель</t>
   </si>
 </sst>
 </file>
 
@@ -818,115 +818,115 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>31</v>
       </c>
       <c r="B2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="B6" t="s">
-        <v>37</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>38</v>
       </c>
       <c r="B7" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>41</v>
+      </c>
+      <c r="B9" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="B11" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>47</v>
       </c>
       <c r="B12" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>21</v>
       </c>