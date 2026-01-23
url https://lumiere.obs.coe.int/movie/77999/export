--- v0 (2025-11-22)
+++ v1 (2026-01-23)
@@ -199,50 +199,65 @@
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Itafilm</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Bir Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Juliet, Nua</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Džulijet</t>
+  </si>
+  <si>
+    <t>SI</t>
+  </si>
+  <si>
+    <t>Juliet, gola</t>
+  </si>
+  <si>
     <t>AT,AU,CA,DE,FR,GB,IE,SE,US</t>
   </si>
   <si>
     <t>Tez go kocham</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>赤裸朱丽叶</t>
   </si>
   <si>
     <t>AR,CL,CO,MX</t>
   </si>
   <si>
     <t>Amor de vinilo</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Джулиет, гола</t>
   </si>
   <si>
     <t>BR</t>
@@ -251,65 +266,50 @@
     <t>Juliet, Nua e Crua</t>
   </si>
   <si>
     <t>Bare Juliet</t>
   </si>
   <si>
     <t>Juliet, desnuda</t>
   </si>
   <si>
     <t>A meztelen Juliet</t>
   </si>
   <si>
     <t>Juliet, Naked - Tutta un'altra musica</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>15年後のラブソング</t>
   </si>
   <si>
     <t>Η Τζούλιετ, γυμνή</t>
   </si>
   <si>
     <t>Też go kocham</t>
-  </si>
-[...13 lines deleted...]
-    <t>Juliet, gola</t>
   </si>
   <si>
     <t>Aşktan Kaçılmaz</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Гола Джульетта</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Голая Джульетта</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
@@ -1248,171 +1248,171 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="25.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="B3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B5" t="s">
-        <v>66</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>31</v>
+        <v>70</v>
       </c>
       <c r="B8" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>33</v>
+        <v>72</v>
       </c>
       <c r="B9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>39</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="B11" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>75</v>
+        <v>33</v>
       </c>
       <c r="B12" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B13" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="B14" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>52</v>
+        <v>80</v>
       </c>
       <c r="B15" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>80</v>
+        <v>37</v>
       </c>
       <c r="B16" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>82</v>
+        <v>50</v>
       </c>
       <c r="B17" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>57</v>
       </c>
       <c r="B18" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>85</v>
       </c>
       <c r="B19" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>87</v>
       </c>