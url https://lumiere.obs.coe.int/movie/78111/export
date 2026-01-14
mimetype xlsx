--- v0 (2025-11-14)
+++ v1 (2026-01-14)
@@ -172,99 +172,99 @@
   <si>
     <t>Selmer Media</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>M2 Films (PL)</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Bir Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>Wairudoraifu</t>
+  </si>
+  <si>
     <t>AT,AU,CA,DE,GB,IE,IT,KR,MX,NL,US</t>
   </si>
   <si>
     <t>Yangin Yeri</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>狂野生活</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Див живот</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Vida Selvagem</t>
   </si>
   <si>
     <t>Metsik elu</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Lo que arde con el fuego</t>
   </si>
   <si>
     <t>Wildlife: Une saison ardente</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Vadon</t>
   </si>
   <si>
-    <t>JP</t>
-[...1 lines deleted...]
-  <si>
     <t>ワイルドライフ</t>
-  </si>
-[...1 lines deleted...]
-    <t>Wairudoraifu</t>
   </si>
   <si>
     <t>Mežonīgā dzīve</t>
   </si>
   <si>
     <t>Kraina wielkiego nieba</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Divljina</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Under en öppen himmel</t>
   </si>
   <si>
     <t>Yangın Yeri</t>
   </si>
   <si>
     <t>RU</t>
   </si>
@@ -1130,128 +1130,128 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="31.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="26.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>52</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>53</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="B3" t="s">
-        <v>53</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="B4" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>56</v>
       </c>
       <c r="B5" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>58</v>
       </c>
       <c r="B6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>31</v>
+        <v>60</v>
       </c>
       <c r="B7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>61</v>
+        <v>31</v>
       </c>
       <c r="B8" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="B9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>64</v>
+        <v>33</v>
       </c>
       <c r="B10" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>66</v>
       </c>
       <c r="B11" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
       <c r="B12" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>41</v>
       </c>
       <c r="B13" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>45</v>
       </c>
       <c r="B14" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>71</v>
       </c>