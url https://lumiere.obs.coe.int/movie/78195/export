--- v0 (2025-11-16)
+++ v1 (2026-01-15)
@@ -187,63 +187,63 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Independent Films Benelux</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Pris Audiovisuais</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>MC Film (TR)</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AT,AU,BR,CA,DE,ES,GB,IT,NL,US</t>
+  </si>
+  <si>
+    <t>Kin - Le commencement</t>
+  </si>
+  <si>
+    <t>Рiдня</t>
+  </si>
+  <si>
     <t>CA</t>
   </si>
   <si>
     <t>Kin: Le commencement</t>
-  </si>
-[...7 lines deleted...]
-    <t>Рiдня</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Kin: Smrtící zbraň</t>
   </si>
   <si>
     <t>Kin : Le Commencement</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>A kötelék</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>KIN キン</t>
   </si>
   <si>
     <t>Brolis</t>
   </si>
@@ -1116,67 +1116,67 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="28.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>57</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>58</v>
-      </c>
-[...6 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>60</v>
       </c>
-    </row>
-    <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>62</v>
       </c>
       <c r="B6" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>65</v>
       </c>
       <c r="B8" t="s">