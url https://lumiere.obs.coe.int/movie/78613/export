--- v0 (2025-12-02)
+++ v1 (2026-02-01)
@@ -247,108 +247,108 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Cinemania Group</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>ASFK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Bir Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Divni dečak</t>
+  </si>
+  <si>
+    <t>AT,AU,CA,CZ,DE,GB,HK,IE,IT,JP,NL,NZ,PT,SE,SG,US</t>
+  </si>
+  <si>
+    <t>Grazus sunus</t>
+  </si>
+  <si>
+    <t>Mój piekny syn</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Un garçon magnifique</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>ビューティフル・ボーイ</t>
+  </si>
+  <si>
+    <t>Güzel Oğlum</t>
+  </si>
+  <si>
+    <t>AR,CL,CO</t>
+  </si>
+  <si>
+    <t>Beautiful Boy: Siempre serás mi hijo</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Querido Menino</t>
+  </si>
+  <si>
+    <t>Beautiful boy, siempre serás mi hijo</t>
+  </si>
+  <si>
+    <t>My Beautiful Boy</t>
+  </si>
+  <si>
+    <t>Csodálatos fiú</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>뷰티풀 보이</t>
+  </si>
+  <si>
     <t>Gražus sūnus</t>
-  </si>
-[...55 lines deleted...]
-    <t>뷰티풀 보이</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Beautiful Boy: siempre serás mi hijo</t>
   </si>
   <si>
     <t>Mój piękny syn</t>
   </si>
   <si>
     <t>Дивни дечак</t>
   </si>
   <si>
     <t>Lepi fant</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Красивый мальчик</t>
   </si>
   <si>
     <t>UA</t>
   </si>
@@ -1589,173 +1589,173 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="44.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="33" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>59</v>
+        <v>77</v>
       </c>
       <c r="B2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B3" t="s">
-        <v>79</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
+      <c r="B4" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="6" spans="1:2">
+      <c r="A6" t="s">
+        <v>82</v>
+      </c>
       <c r="B6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>85</v>
+        <v>73</v>
       </c>
       <c r="B8" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>73</v>
+        <v>87</v>
       </c>
       <c r="B9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>90</v>
+        <v>42</v>
       </c>
       <c r="B11" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="B12" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="B13" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>52</v>
+        <v>94</v>
       </c>
       <c r="B14" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>95</v>
+        <v>59</v>
       </c>
       <c r="B15" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>97</v>
       </c>
       <c r="B16" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>65</v>
       </c>
       <c r="B17" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B18" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>69</v>
       </c>
       <c r="B19" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>102</v>
       </c>
       <c r="B20" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>104</v>
       </c>