--- v0 (2025-11-14)
+++ v1 (2025-12-07)
@@ -154,96 +154,96 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Tucker Film</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Independent</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Spamflix</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Camera wo tomeruna!</t>
+  </si>
+  <si>
     <t>JP,TR</t>
   </si>
   <si>
     <t>Camera o tomeru na!</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>摄影机不要停！</t>
   </si>
   <si>
     <t>AU,DE,DK,GB,IE,KR,NL,NO,SE,SG,US</t>
   </si>
   <si>
     <t>One Cut of the Dead</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Plano-Sequência dos Mortos</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Kamera Wo Tomeruna!</t>
   </si>
   <si>
     <t>Kamera wo tomeruna!</t>
   </si>
   <si>
     <t>One cut of the dead</t>
   </si>
   <si>
     <t>Ne coupez pas!</t>
   </si>
   <si>
     <t>Zombie contro zombie</t>
   </si>
   <si>
     <t>カメラを止めるな！</t>
-  </si>
-[...1 lines deleted...]
-    <t>Camera wo tomeruna!</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Zombis, Cámara, ¡Acción!</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Το μονοπλάνο των νεκρών</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>屍殺片場</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Jednym cięciem</t>
   </si>
@@ -1023,128 +1023,128 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="32" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B2" t="s">
         <v>46</v>
       </c>
-      <c r="B2" t="s">
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
+      <c r="B4" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B8" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="B9" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B11" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
       <c r="B12" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>6</v>
       </c>
       <c r="B13" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>62</v>
       </c>
       <c r="B14" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>64</v>
       </c>