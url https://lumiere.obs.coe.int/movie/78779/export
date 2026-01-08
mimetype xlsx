--- v0 (2025-11-24)
+++ v1 (2026-01-08)
@@ -142,63 +142,63 @@
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Wymazac siebie</t>
+  </si>
+  <si>
     <t>AU,CA,FR,GB,IE,NL,SE,US</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Dečak Izbrisani</t>
   </si>
   <si>
     <t>Izbrisani dečak</t>
-  </si>
-[...1 lines deleted...]
-    <t>Wymazac siebie</t>
   </si>
   <si>
     <t>AR,CO,MX</t>
   </si>
   <si>
     <t>Corazón borrado</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Der verlorene Sohn</t>
   </si>
   <si>
     <t>BA,RS</t>
   </si>
   <si>
     <t>Избрисани дечак</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Boy Erased: Uma Verdade Anulada</t>
   </si>
@@ -1085,66 +1085,66 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="22.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>43</v>
       </c>
       <c r="B3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>44</v>
       </c>
-    </row>
-    <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>47</v>
       </c>
       <c r="B6" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>49</v>
       </c>
       <c r="B7" t="s">
         <v>50</v>
       </c>
     </row>