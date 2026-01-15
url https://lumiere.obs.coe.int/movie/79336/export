--- v0 (2025-12-06)
+++ v1 (2026-01-15)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="91">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>Wonder Woman 1984</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Patty Jenkins</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
@@ -193,150 +193,144 @@
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
     <t>AT,AU,CA,CH,CZ,DE,DK,ES,FR,GB,HR,HU,IE,IT,MX,NL,NO,NZ,PL,SE,SG,SK,US</t>
   </si>
   <si>
-    <t>Wonder Woman 2 (????)</t>
+    <t>AR,CL,CO,MX</t>
+  </si>
+  <si>
+    <t>Mujer Maravilla 1984</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>Mulher-Maravilha 1984</t>
+  </si>
+  <si>
+    <t>Wonder Woman 2</t>
+  </si>
+  <si>
+    <t>AU,US</t>
+  </si>
+  <si>
+    <t>WW84</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>神奇女侠1984</t>
   </si>
   <si>
-    <t>AR,CL,CO,MX</t>
-[...10 lines deleted...]
-  <si>
     <t>BA,RS</t>
   </si>
   <si>
     <t>Čudesna Žena 1984</t>
   </si>
   <si>
     <t>Жената чудо 1984</t>
   </si>
   <si>
-    <t>BR,PT</t>
-[...4 lines deleted...]
-  <si>
     <t>JP</t>
   </si>
   <si>
     <t>ワンダーウーマン 1984</t>
   </si>
   <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>神奇女俠：1984</t>
+  </si>
+  <si>
     <t>KR</t>
   </si>
   <si>
     <t>원더 우먼 1984</t>
   </si>
   <si>
     <t>Nuostabioji moteris 1984</t>
   </si>
   <si>
     <t>Brīnumsieviete 1984</t>
   </si>
   <si>
     <t>MD,RO</t>
   </si>
   <si>
     <t>Femeia Minune 1984</t>
   </si>
   <si>
-    <t>HK</t>
-[...2 lines deleted...]
-    <t>神奇女俠：1984</t>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Mucize Kadın: 1984</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Femeia Fantastică 1984</t>
   </si>
   <si>
+    <t>RU</t>
+  </si>
+  <si>
+    <t>Чудо-женщина: 1984</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Диво-жінка 1984</t>
+  </si>
+  <si>
     <t>RS</t>
   </si>
   <si>
     <t>Чудесна Жена 1984</t>
-  </si>
-[...22 lines deleted...]
-    <t>Диво-жінка 1984</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1290,228 +1284,218 @@
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="D27" s="3">
         <v>1030326</v>
       </c>
       <c r="E27" s="3">
         <v>657035</v>
       </c>
       <c r="F27" s="3">
         <v>373266</v>
       </c>
       <c r="G27" s="3">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B22"/>
+  <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="66" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>58</v>
       </c>
       <c r="B2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>59</v>
+      </c>
       <c r="B3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>62</v>
+        <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>64</v>
       </c>
       <c r="B6" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>66</v>
       </c>
       <c r="B7" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>27</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="B9" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>71</v>
       </c>
       <c r="B10" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>73</v>
       </c>
       <c r="B11" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>45</v>
+        <v>75</v>
       </c>
       <c r="B12" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B13" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>77</v>
+        <v>47</v>
       </c>
       <c r="B14" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>79</v>
       </c>
       <c r="B15" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>81</v>
       </c>
       <c r="B16" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>83</v>
       </c>
       <c r="B17" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>85</v>
       </c>
       <c r="B18" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>6</v>
+        <v>87</v>
       </c>
       <c r="B19" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:2">
+      <c r="A20" t="s">
+        <v>89</v>
+      </c>
       <c r="B20" t="s">
-        <v>88</v>
-[...6 lines deleted...]
-      <c r="B21" t="s">
         <v>90</v>
-      </c>
-[...6 lines deleted...]
-        <v>92</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>