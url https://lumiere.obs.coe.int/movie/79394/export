--- v0 (2025-12-12)
+++ v1 (2026-01-23)
@@ -94,50 +94,53 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2018</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Cinemundo</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>The Nest</t>
+  </si>
+  <si>
     <t>Michao</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>Michao 3D</t>
   </si>
   <si>
     <t>CA,FR,US</t>
   </si>
   <si>
     <t>Spider Nest</t>
   </si>
   <si>
     <t>Spiderweb</t>
   </si>
   <si>
     <t>Tomb of the Mummy</t>
   </si>
   <si>
     <t>Zhuchao</t>
   </si>
   <si>
     <t>Zhuwang</t>
@@ -191,53 +194,50 @@
     <t>Guardiãs do Túmulo</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Gardienii mormântului secret</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Čuvari grobnice</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Strážcovia hrobky</t>
   </si>
   <si>
     <t>Nest</t>
   </si>
   <si>
     <t>Nest and the Search for the Venom of Eternity 3D</t>
-  </si>
-[...1 lines deleted...]
-    <t>The Nest</t>
   </si>
   <si>
     <t>Mi chao</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ガーディアンズ 呪われた地下宮殿</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>7 хранителей гробницы</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
@@ -770,209 +770,209 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="44.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="B2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" t="s">
         <v>29</v>
       </c>
-      <c r="B4" t="s">
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B5" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:2">
-      <c r="A8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B8" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B9" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B10" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
+        <v>28</v>
+      </c>
+      <c r="B14" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
+        <v>40</v>
+      </c>
+      <c r="B15" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="B16" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
+        <v>28</v>
+      </c>
+      <c r="B17" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
+        <v>45</v>
+      </c>
+      <c r="B18" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
+        <v>47</v>
+      </c>
+      <c r="B19" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="B20" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
+        <v>22</v>
+      </c>
+      <c r="B21" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
+        <v>52</v>
+      </c>
+      <c r="B22" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
+        <v>54</v>
+      </c>
+      <c r="B23" t="s">
         <v>55</v>
       </c>
-      <c r="B23" t="s">
+    </row>
+    <row r="24" spans="1:2">
+      <c r="A24" t="s">
         <v>56</v>
       </c>
-    </row>
-    <row r="24" spans="1:2">
       <c r="B24" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="B25" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="B26" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="B27" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>61</v>
       </c>
       <c r="B28" t="s">
         <v>62</v>