--- v0 (2025-12-16)
+++ v1 (2026-01-30)
@@ -199,90 +199,90 @@
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Kino Swiat</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Pris Audiovisuais</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Cine Europa</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Rodziny sie nie wybiera</t>
+  </si>
+  <si>
+    <t>Η ΟικοUγένεια</t>
+  </si>
+  <si>
+    <t>AT,DE</t>
+  </si>
+  <si>
+    <t>Die Sch'tis in Paris - Eine Familie auf Abwegen</t>
+  </si>
+  <si>
+    <t>La Ch'tite Famille</t>
+  </si>
+  <si>
+    <t>Mi familia del norte</t>
+  </si>
+  <si>
+    <t>Vissza a gyökerekhez</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Ti ripresento i tuoi</t>
+  </si>
+  <si>
+    <t>Shti'ene i Paris</t>
+  </si>
+  <si>
+    <t>Velkommen til Paris - (ingenting er som familien...)</t>
+  </si>
+  <si>
+    <t>Rodziny się nie wybiera</t>
+  </si>
+  <si>
     <t>A Minha Família do Norte</t>
-  </si>
-[...37 lines deleted...]
-    <t>Rodziny się nie wybiera</t>
   </si>
   <si>
     <t>Familia mea nebuna</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>Family is Family</t>
   </si>
   <si>
     <t>Une jolie ch'tite famille</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Від сім'ї не втечеш</t>
   </si>
   <si>
     <t>Η οικογένεια</t>
   </si>
   <si>
     <t>RU</t>
   </si>
@@ -1272,133 +1272,133 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="46.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="B2" t="s">
-        <v>61</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>64</v>
+      </c>
       <c r="B5" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B6" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>62</v>
+        <v>40</v>
       </c>
       <c r="B7" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B8" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="B10" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>51</v>
       </c>
       <c r="B11" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B12" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B13" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>57</v>
       </c>
       <c r="B14" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>76</v>
       </c>
       <c r="B15" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="B16" t="s">
         <v>78</v>
       </c>