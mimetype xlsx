--- v0 (2025-12-26)
+++ v1 (2026-01-15)
@@ -208,75 +208,75 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Αναστασία</t>
+  </si>
+  <si>
+    <t>AL,AR,AU,BR,CA,DE,DK,ES,FI,FR,GB,GR,IT,MX,NL,PT,RO,SE,TR,US</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Anastasija</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Анастасiя</t>
+  </si>
+  <si>
+    <t>Принцеса Анастасия</t>
+  </si>
+  <si>
     <t>Anastázie</t>
-  </si>
-[...22 lines deleted...]
-    <t>Принцеса Анастасия</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Printsess Anastasia</t>
   </si>
   <si>
     <t>Anastàsia</t>
   </si>
   <si>
     <t>HR,SI</t>
   </si>
   <si>
     <t>Anastazija</t>
   </si>
   <si>
     <t>Anasztázia</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>アナスタシア</t>
   </si>
@@ -1575,91 +1575,91 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="56.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="B2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>66</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>67</v>
       </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B5" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
       <c r="B6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B7" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>73</v>
       </c>
       <c r="B8" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>48</v>
       </c>
       <c r="B9" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>76</v>
       </c>
@@ -1687,83 +1687,83 @@
       <c r="A13" t="s">
         <v>79</v>
       </c>
       <c r="B13" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>82</v>
       </c>
       <c r="B14" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>59</v>
       </c>
       <c r="B15" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B16" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>86</v>
       </c>
       <c r="B17" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>88</v>
       </c>
       <c r="B18" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>6</v>
       </c>
       <c r="B19" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B20" t="s">
         <v>91</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>