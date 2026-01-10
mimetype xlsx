--- v0 (2025-11-30)
+++ v1 (2026-01-10)
@@ -145,60 +145,60 @@
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Al Rojo Vivo</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Sifre Merkür</t>
+  </si>
+  <si>
     <t>AU,CA,GB,KR,NL,US</t>
-  </si>
-[...7 lines deleted...]
-    <t>Sifre Merkür</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Меркурiй в небезпецi</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Alguien sabe demasiado</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Das Mercury Puzzle</t>
   </si>
   <si>
     <t>Код Меркурий</t>
   </si>
   <si>
     <t>BR</t>
   </si>
@@ -1083,68 +1083,68 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B42"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>43</v>
       </c>
-      <c r="B2" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>44</v>
+      </c>
       <c r="B3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B4" t="s">
-        <v>46</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>47</v>
       </c>
       <c r="B5" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>49</v>
       </c>
       <c r="B6" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>51</v>
       </c>
       <c r="B7" t="s">
         <v>52</v>
       </c>
@@ -1345,51 +1345,51 @@
       <c r="A32" t="s">
         <v>88</v>
       </c>
       <c r="B32" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>90</v>
       </c>
       <c r="B33" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>92</v>
       </c>
       <c r="B34" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B35" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>6</v>
       </c>
       <c r="B36" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>6</v>
       </c>
       <c r="B37" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>6</v>
       </c>