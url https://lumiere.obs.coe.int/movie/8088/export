--- v0 (2025-12-05)
+++ v1 (2026-01-20)
@@ -205,84 +205,84 @@
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AR,CA,FR,GB,HU,PL,US</t>
+  </si>
+  <si>
+    <t>AU</t>
+  </si>
+  <si>
+    <t>Spice World: The Movie</t>
+  </si>
+  <si>
+    <t>Спайс гърлс</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>O Mundo das Spice Girls</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Spice Girls: Le film</t>
+  </si>
+  <si>
+    <t>Spice world - Le film</t>
+  </si>
+  <si>
+    <t>Spice World - Der Film</t>
+  </si>
+  <si>
     <t>ES,GB</t>
   </si>
   <si>
     <t>Spiceworld</t>
-  </si>
-[...28 lines deleted...]
-    <t>Spice World - Der Film</t>
   </si>
   <si>
     <t>Spiceworld: La película</t>
   </si>
   <si>
     <t>Spiceworld: The Movie</t>
   </si>
   <si>
     <t>Spice World - The Movie</t>
   </si>
   <si>
     <t>Five</t>
   </si>
   <si>
     <t>Five Girls</t>
   </si>
   <si>
     <t>Its Been a Hard 15 Minutes</t>
   </si>
   <si>
     <t>GB,SI</t>
   </si>
   <si>
     <t>Spice Girls</t>
   </si>
@@ -1603,104 +1603,104 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>63</v>
       </c>
       <c r="B2" t="s">
-        <v>64</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B3" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>39</v>
+        <v>67</v>
       </c>
       <c r="B5" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>69</v>
       </c>
       <c r="B6" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="B8" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>44</v>
+        <v>73</v>
       </c>
       <c r="B9" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>47</v>
       </c>
       <c r="B10" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>49</v>
       </c>
       <c r="B11" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>49</v>
       </c>