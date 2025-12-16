--- v0 (2025-11-21)
+++ v1 (2025-12-16)
@@ -157,72 +157,72 @@
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RU</t>
+  </si>
+  <si>
+    <t>Особь II</t>
+  </si>
+  <si>
+    <t>AR,MX</t>
+  </si>
+  <si>
+    <t>Especies II</t>
+  </si>
+  <si>
     <t>AU,CA,DK,ES,GB,IT,NL,US</t>
   </si>
   <si>
     <t>Especie mortal II</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Θανάσιμο είδος ΙΙ: Τρόμος στη σάρκα</t>
-  </si>
-[...10 lines deleted...]
-    <t>Especies II</t>
   </si>
   <si>
     <t>Видове II</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>A Experiência II: A Mutação</t>
   </si>
   <si>
     <t>Experiência II: A Mutação</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Espèces II</t>
   </si>
   <si>
     <t>DE,US</t>
   </si>
   <si>
     <t>Species 2</t>
   </si>
@@ -1140,70 +1140,70 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>47</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>48</v>
       </c>
     </row>
     <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>49</v>
+      </c>
       <c r="B3" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B4" t="s">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>53</v>
       </c>
       <c r="B6" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>56</v>
       </c>
       <c r="B8" t="s">
@@ -1238,51 +1238,51 @@
       <c r="A12" t="s">
         <v>35</v>
       </c>
       <c r="B12" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>37</v>
       </c>
       <c r="B13" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>38</v>
       </c>
       <c r="B14" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B15" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>40</v>
       </c>
       <c r="B16" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>68</v>
       </c>
       <c r="B17" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>70</v>
       </c>
@@ -1318,75 +1318,75 @@
       <c r="A22" t="s">
         <v>77</v>
       </c>
       <c r="B22" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>6</v>
       </c>
       <c r="B23" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>6</v>
       </c>
       <c r="B24" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="B25" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>82</v>
       </c>
       <c r="B26" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>82</v>
       </c>
       <c r="B27" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B28" t="s">
         <v>85</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>