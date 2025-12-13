--- v0 (2025-11-20)
+++ v1 (2025-12-13)
@@ -85,84 +85,84 @@
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2018</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>NFA</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>NL</t>
+  </si>
+  <si>
+    <t>De golem</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>Golem, o Monstro</t>
+  </si>
+  <si>
     <t>BR</t>
   </si>
   <si>
     <t>Golem, o Monstro de Barro</t>
   </si>
   <si>
     <t>FI,HU,PL,SE</t>
   </si>
   <si>
     <t>Golem</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Golem - O tragikos vasilias</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>巨人ゴーレム（1936）</t>
-  </si>
-[...10 lines deleted...]
-    <t>Golem, o Monstro</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>The Legend of Prague</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>The Golem</t>
   </si>
   <si>
     <t>The Golem: The Legend of Prague</t>
   </si>
   <si>
     <t>The Man of Stone</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -687,68 +687,68 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>23</v>
+      </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B3" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
-        <v>26</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>27</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>