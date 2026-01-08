--- v0 (2025-11-25)
+++ v1 (2026-01-08)
@@ -187,105 +187,105 @@
   <si>
     <t>Medusa</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>Akraios erotas</t>
+  </si>
+  <si>
+    <t>Ενας Ακραίος Ερωτας</t>
+  </si>
+  <si>
+    <t>Алис и Мартен</t>
+  </si>
+  <si>
+    <t>BR,IT,PT</t>
+  </si>
+  <si>
+    <t>Alice e Martin</t>
+  </si>
+  <si>
+    <t>Alice und Martin</t>
+  </si>
+  <si>
+    <t>Elsk mig</t>
+  </si>
+  <si>
+    <t>Alice y Martin</t>
+  </si>
+  <si>
+    <t>Rakasta minut pois</t>
+  </si>
+  <si>
+    <t>GB,US</t>
+  </si>
+  <si>
+    <t>Alice and Martin</t>
+  </si>
+  <si>
+    <t>Enas akraios erotas</t>
+  </si>
+  <si>
+    <t>Alice és Martin</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>溺れゆく女</t>
+  </si>
+  <si>
     <t>Elsk meg bort</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Alice i Martin</t>
-  </si>
-[...46 lines deleted...]
-    <t>溺れゆく女</t>
   </si>
   <si>
     <t>Älska mig bort</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Alice ve Martin</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Алиса и Мартен</t>
   </si>
   <si>
     <t>Ένας ακραίος έρωτας</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -1305,152 +1305,152 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B2" t="s">
-        <v>57</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>45</v>
+      </c>
+      <c r="B4" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" t="s">
         <v>60</v>
-      </c>
-[...6 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="B6" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B7" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B9" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="B10" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="B11" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B12" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>47</v>
+      </c>
+      <c r="B13" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>45</v>
+        <v>71</v>
       </c>
       <c r="B14" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B15" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>74</v>
       </c>
       <c r="B16" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>54</v>
       </c>
       <c r="B17" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>77</v>
       </c>