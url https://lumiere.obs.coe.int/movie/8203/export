--- v0 (2025-12-03)
+++ v1 (2026-02-16)
@@ -106,84 +106,84 @@
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Хамилтън</t>
+  </si>
+  <si>
+    <t>CA,FI,GB,NO,SE,US</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Buzuldan gelen adam</t>
+  </si>
+  <si>
+    <t>AU,DE,NL</t>
+  </si>
+  <si>
+    <t>Commander Hamilton</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Comandante Hamilton</t>
+  </si>
+  <si>
+    <t>Comando 007</t>
+  </si>
+  <si>
     <t>BR,ES</t>
   </si>
   <si>
     <t>Comando Hamilton</t>
-  </si>
-[...28 lines deleted...]
-    <t>Comando 007</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Dioikitis Hamilton</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Hamilton parancsnok</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Il comandante Hamilton</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Komandor Hamilton</t>
   </si>
@@ -797,88 +797,88 @@
     <col min="1" max="1" width="17.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>30</v>
       </c>
       <c r="B2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>33</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>35</v>
       </c>
       <c r="B5" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>37</v>
       </c>
       <c r="B6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B8" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>42</v>
       </c>
       <c r="B9" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>44</v>
       </c>
       <c r="B10" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>46</v>
       </c>