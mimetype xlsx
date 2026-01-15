--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -103,75 +103,75 @@
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Independent</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Emiliano Piedra Miana</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,GB,SG,US</t>
+  </si>
+  <si>
+    <t>AT</t>
+  </si>
+  <si>
+    <t>Parasiten-Mörder</t>
+  </si>
+  <si>
     <t>BE,NL</t>
   </si>
   <si>
     <t>Huivering</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Тръпки</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Calafrios</t>
-  </si>
-[...7 lines deleted...]
-    <t>Parasiten-Mörder</t>
   </si>
   <si>
     <t>Orgy of the Blood Parasites</t>
   </si>
   <si>
     <t>The Parasite Complex</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Frissons</t>
   </si>
   <si>
     <t>CO,MX</t>
   </si>
   <si>
     <t>Parásitos asesinos</t>
   </si>
   <si>
     <t>Vénen de dintre de...</t>
   </si>
   <si>
     <t>Vinieron de dentro de...</t>
   </si>
@@ -845,75 +845,75 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="51.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B4" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>36</v>
       </c>
       <c r="B6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>6</v>
       </c>
       <c r="B8" t="s">
         <v>39</v>
       </c>