--- v0 (2025-12-17)
+++ v1 (2026-01-08)
@@ -253,66 +253,66 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>ProVideo</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Itafilm</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>#9</t>
+  </si>
+  <si>
+    <t>Bilo jednom... u Holivudu</t>
+  </si>
+  <si>
+    <t>Bilo jednom... u Hollywoodu</t>
+  </si>
+  <si>
+    <t>Bilo je nekoc... v Hollywoodu</t>
+  </si>
+  <si>
+    <t>Bir Zamanlar... Hollywood'da</t>
+  </si>
+  <si>
     <t>C'era una volta a... Hollywood</t>
-  </si>
-[...13 lines deleted...]
-    <t>Bir Zamanlar... Hollywood'da</t>
   </si>
   <si>
     <t>Chuyện Ngày Xưa Ở... Hollywood</t>
   </si>
   <si>
     <t>Cong Qian, You Ge Hao Lai Wu...</t>
   </si>
   <si>
     <t>Cong Qian, You Ge He Li Huo</t>
   </si>
   <si>
     <t>Érase una vez en Hollywood</t>
   </si>
   <si>
     <t>Érase una vez en... Hollywood</t>
   </si>
   <si>
     <t>Era Uma Vez em... Hollywood</t>
   </si>
   <si>
     <t>Es war einmal in Hollywood</t>
   </si>
   <si>
     <t>Había una vez en... Hollywood</t>
   </si>
@@ -1774,56 +1774,56 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B42"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="44.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="B2" t="s">
-        <v>79</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
-        <v>1</v>
+        <v>79</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>84</v>