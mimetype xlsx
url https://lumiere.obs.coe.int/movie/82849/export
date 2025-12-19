--- v0 (2025-11-25)
+++ v1 (2025-12-19)
@@ -247,156 +247,156 @@
   <si>
     <t>Big Picture 2 Films</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>TME Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,DK,ES,FI,FR,GB,GR,IE,IT,NL,NZ,PT,SE,US</t>
+  </si>
+  <si>
+    <t>Ad Astra - Rumo às Estrelas</t>
+  </si>
+  <si>
+    <t>Untitled James Gray/Sci-Fi Thriller</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>星际探索</t>
+  </si>
+  <si>
+    <t>AR,CL,CO</t>
+  </si>
+  <si>
+    <t>Ad Astra: Hacia las estrellas</t>
+  </si>
+  <si>
+    <t>Към звездите</t>
+  </si>
+  <si>
+    <t>Ad Astra - Zu den sternen</t>
+  </si>
+  <si>
+    <t>Ka Zvezdama</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Ad Astra: Rumo às Estrelas</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Vers les étoiles</t>
+  </si>
+  <si>
+    <t>Ke hvězdám</t>
+  </si>
+  <si>
+    <t>Ad Astra: Zu den Sternen</t>
+  </si>
+  <si>
+    <t>Tähtede poole</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>Xing ji ren wu</t>
+  </si>
+  <si>
+    <t>Ad Astra - Út a csillagokba</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>アド・アストラ</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>애드 아스트라</t>
+  </si>
+  <si>
+    <t>Uz zvaigznēm</t>
+  </si>
+  <si>
+    <t>MX</t>
+  </si>
+  <si>
+    <t>Ad Astra: hacia las estrellas</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Ka zvezdama</t>
+  </si>
+  <si>
+    <t>RU</t>
+  </si>
+  <si>
+    <t>К звёздам</t>
+  </si>
+  <si>
+    <t>星際任務</t>
+  </si>
+  <si>
+    <t>SG</t>
+  </si>
+  <si>
+    <t>Xing ji jiu yuan</t>
+  </si>
+  <si>
+    <t>Ad astra: pot do zvezd</t>
+  </si>
+  <si>
     <t>Ku hviezdam</t>
-  </si>
-[...103 lines deleted...]
-    <t>Ad astra: pot do zvezd</t>
   </si>
   <si>
     <t>Yıldızlara Doğru</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>До зірок</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1612,237 +1612,237 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="41.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="B2" t="s">
-        <v>77</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>80</v>
+      </c>
       <c r="B5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>83</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="B8" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B9" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>27</v>
+        <v>87</v>
       </c>
       <c r="B10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>90</v>
+        <v>35</v>
       </c>
       <c r="B12" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B13" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B14" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>40</v>
+        <v>94</v>
       </c>
       <c r="B15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>95</v>
+        <v>50</v>
       </c>
       <c r="B16" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>50</v>
+        <v>97</v>
       </c>
       <c r="B17" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B18" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>100</v>
+        <v>59</v>
       </c>
       <c r="B19" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>59</v>
+        <v>102</v>
       </c>
       <c r="B20" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B21" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B22" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>107</v>
+        <v>94</v>
       </c>
       <c r="B23" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>95</v>
+        <v>109</v>
       </c>
       <c r="B24" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>110</v>
+        <v>71</v>
       </c>
       <c r="B25" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B26" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>73</v>
       </c>
       <c r="B27" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>114</v>
       </c>
       <c r="B28" t="s">
         <v>115</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>