--- v0 (2025-12-14)
+++ v1 (2026-01-09)
@@ -259,84 +259,84 @@
   <si>
     <t>Ro-Image 2000</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>CGV Mars Dağıtım</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Noční můry z temnot</t>
+  </si>
+  <si>
     <t>AU,CA,DE,GB,IE,IT,KR,NL,SE,US</t>
   </si>
   <si>
     <t>AR,CL,CO,ES,MX</t>
   </si>
   <si>
     <t>Historias de miedo para contar en la oscuridad</t>
   </si>
   <si>
     <t>AT,NZ</t>
   </si>
   <si>
     <t>Scary Stories to Tell In The Dark</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Страшни истории, разказани в мрака</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Histórias Assustadoras para Contar no Escuro</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Histoires effrayantes à raconter dans le noir</t>
-  </si>
-[...1 lines deleted...]
-    <t>Noční můry z temnot</t>
   </si>
   <si>
     <t>Scary Stories</t>
   </si>
   <si>
     <t>Lidérces mesék éjszakája</t>
   </si>
   <si>
     <t>Siurpios istorijos pasakojimui tamsoje</t>
   </si>
   <si>
     <t>Šausmu stāsti tumšām novakarēm</t>
   </si>
   <si>
     <t>MD,RO</t>
   </si>
   <si>
     <t>Povești de groază de spus pe întuneric</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>講鬼故</t>
   </si>
@@ -1583,99 +1583,99 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="27.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="42" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B2" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>82</v>
       </c>
       <c r="B3" t="s">
-        <v>83</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>83</v>
+      </c>
+      <c r="B4" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>85</v>
+      </c>
+      <c r="B5" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>87</v>
+      </c>
+      <c r="B6" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>89</v>
+      </c>
+      <c r="B7" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>36</v>
+        <v>91</v>
       </c>
       <c r="B8" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>48</v>
       </c>
       <c r="B9" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>53</v>
       </c>
       <c r="B10" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>60</v>
       </c>