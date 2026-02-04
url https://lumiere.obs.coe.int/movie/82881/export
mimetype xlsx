--- v0 (2025-11-19)
+++ v1 (2026-02-04)
@@ -238,50 +238,53 @@
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Ro-Image 2000</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Laleczka</t>
+  </si>
+  <si>
     <t>AT,AU,CA,DE,DK,GB,IE,NL,NZ,SE,US</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Child Play</t>
   </si>
   <si>
     <t>AR,CO,MX</t>
   </si>
   <si>
     <t>El muñeco diabólico</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Детска игра</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brinquedo Assassino</t>
@@ -305,53 +308,50 @@
     <t>Muñeco diabólico</t>
   </si>
   <si>
     <t>Muñeco diabólico (Child's play)</t>
   </si>
   <si>
     <t>Child's Play: La poupée du mal</t>
   </si>
   <si>
     <t>Gyerekjáték</t>
   </si>
   <si>
     <t>La bambola assassina</t>
   </si>
   <si>
     <t>チャイルド・プレイ</t>
   </si>
   <si>
     <t>Chairudo Purei</t>
   </si>
   <si>
     <t>Vaiku zaidimai</t>
   </si>
   <si>
     <t>Bērnu spēlītes</t>
-  </si>
-[...1 lines deleted...]
-    <t>Laleczka</t>
   </si>
   <si>
     <t>O Boneco Diabólico</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Dečija igra</t>
   </si>
   <si>
     <t>Detská hra</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Детские игры</t>
   </si>
   <si>
     <t>Satanui Inhyung (Satan's Doll)</t>
   </si>
   <si>
     <t>UA</t>
   </si>
@@ -1419,187 +1419,187 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="31.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>63</v>
+      </c>
+      <c r="B2" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>75</v>
       </c>
       <c r="B3" t="s">
-        <v>76</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>76</v>
+      </c>
+      <c r="B4" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>78</v>
+      </c>
+      <c r="B5" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>80</v>
+      </c>
+      <c r="B6" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>82</v>
+      </c>
+      <c r="B7" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>84</v>
+      </c>
+      <c r="B8" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>34</v>
+        <v>86</v>
       </c>
       <c r="B9" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="B10" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>42</v>
       </c>
       <c r="B11" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="B12" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B13" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B14" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>75</v>
+        <v>52</v>
       </c>
       <c r="B15" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B16" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="B17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B18" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="B19" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>65</v>
       </c>
       <c r="B20" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>99</v>
       </c>
       <c r="B21" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>71</v>
       </c>