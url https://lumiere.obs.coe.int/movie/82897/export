--- v0 (2025-12-10)
+++ v1 (2026-01-08)
@@ -214,90 +214,90 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Ro-Image 2000</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,ES,FR,GB,HK,IE,NL,SE,SG,TR,US</t>
+  </si>
+  <si>
+    <t>AR,CL,CO,MX</t>
+  </si>
+  <si>
+    <t>Obsesión</t>
+  </si>
+  <si>
+    <t>Фатално затишие</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Calmaria</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Sérénité</t>
+  </si>
+  <si>
+    <t>Ticho před bouří</t>
+  </si>
+  <si>
+    <t>Im Netz der Versuchung</t>
+  </si>
+  <si>
+    <t>Meelerahu</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Salaisuus pinnan alla</t>
+  </si>
+  <si>
     <t>Vihar előtt</t>
-  </si>
-[...37 lines deleted...]
-    <t>Salaisuus pinnan alla</t>
   </si>
   <si>
     <t>Serenity - L'isola dell'inganno</t>
   </si>
   <si>
     <t>Apgaulinga ramybe</t>
   </si>
   <si>
     <t>Pirms vētras</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Przynęta</t>
   </si>
   <si>
     <t>Serenidade</t>
   </si>
   <si>
     <t>Calmul dinaintea furtunii</t>
   </si>
   <si>
     <t>Spokoj</t>
   </si>
@@ -1361,123 +1361,123 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="33.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="26.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="B2" t="s">
-        <v>66</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>67</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>68</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>68</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>70</v>
       </c>
       <c r="B5" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="B7" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B8" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B9" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>33</v>
+        <v>77</v>
       </c>
       <c r="B10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>78</v>
+        <v>42</v>
       </c>
       <c r="B11" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>47</v>
       </c>
       <c r="B12" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>49</v>
       </c>
       <c r="B13" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>50</v>
       </c>