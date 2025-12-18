--- v0 (2025-11-21)
+++ v1 (2025-12-18)
@@ -106,108 +106,108 @@
   <si>
     <t>Top Film</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>TME Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,ES,GB,IT,PL,RO,US</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Abigail e a Cidade Proibida</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>Abigail y la ciudad secreta</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Rebellion der Magier</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>Abigail and the Forbidden City</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Abigail y la ciudad perdida</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>Abigail: Le Pouvoir de l'Élue</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
+    <t>Magical Adventures in the Forbidden City</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>アビゲイル クローズド・ワールド</t>
+  </si>
+  <si>
+    <t>Abigaile</t>
+  </si>
+  <si>
     <t>MX</t>
   </si>
   <si>
     <t>Abigail: ciudad fantástica</t>
-  </si>
-[...52 lines deleted...]
-    <t>Abigaile</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Abigejl</t>
   </si>
   <si>
     <t>Abigail: Sınırların Ötesinde</t>
   </si>
   <si>
     <t>Эбигейл</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -818,59 +818,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="22.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="37.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>30</v>
       </c>
       <c r="B2" t="s">
-        <v>31</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B3" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>33</v>
       </c>
       <c r="B4" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>35</v>
       </c>
       <c r="B5" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>37</v>
       </c>
       <c r="B6" t="s">
         <v>38</v>
       </c>
@@ -887,59 +887,59 @@
       <c r="A8" t="s">
         <v>41</v>
       </c>
       <c r="B8" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>43</v>
       </c>
       <c r="B9" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>45</v>
       </c>
       <c r="B10" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="B12" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>50</v>
       </c>
       <c r="B13" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>26</v>
       </c>
       <c r="B14" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>6</v>
       </c>