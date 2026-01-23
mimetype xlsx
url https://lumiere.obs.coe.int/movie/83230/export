--- v0 (2025-11-24)
+++ v1 (2026-01-23)
@@ -238,111 +238,111 @@
   <si>
     <t>Independenta Film</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Bir Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,GB,US</t>
+  </si>
+  <si>
+    <t>The Golden Glove</t>
+  </si>
+  <si>
+    <t>Златната ръкавица</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>屋根裏の殺人鬼フリッツ・ホンカ</t>
+  </si>
+  <si>
+    <t>Altın Eldiven</t>
+  </si>
+  <si>
+    <t>U Zlaté rukavice</t>
+  </si>
+  <si>
+    <t>DE,MX,NL</t>
+  </si>
+  <si>
+    <t>Den gyldne handske</t>
+  </si>
+  <si>
+    <t>Golden Glove</t>
+  </si>
+  <si>
+    <t>Der Goldene Handschuh</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>O Bar Luva Dourada</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>El monstruo de St. Pauli</t>
+  </si>
+  <si>
+    <t>Kultainen hansikas</t>
+  </si>
+  <si>
+    <t>Az Arany Kesztyű</t>
+  </si>
+  <si>
+    <t>Il mostro di St. Pauli</t>
+  </si>
+  <si>
+    <t>Den Gylne Hanske</t>
+  </si>
+  <si>
     <t>PL</t>
   </si>
   <si>
     <t>Złota Rękawiczka</t>
-  </si>
-[...55 lines deleted...]
-    <t>Den Gylne Hanske</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Den vidrige Herr Honka</t>
   </si>
   <si>
     <t>Το χρυσό γάντι</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Золотая перчатка</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
@@ -1519,163 +1519,163 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>74</v>
       </c>
       <c r="B2" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B3" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>31</v>
+        <v>77</v>
       </c>
       <c r="B4" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>70</v>
+      </c>
+      <c r="B5" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>70</v>
+        <v>34</v>
       </c>
       <c r="B6" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>81</v>
       </c>
       <c r="B7" t="s">
-        <v>82</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>83</v>
+        <v>38</v>
       </c>
       <c r="B8" t="s">
-        <v>1</v>
+        <v>82</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="B9" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>44</v>
+        <v>27</v>
       </c>
       <c r="B10" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>85</v>
       </c>
       <c r="B11" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>87</v>
       </c>
       <c r="B12" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>42</v>
+      </c>
+      <c r="B13" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="B14" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="B15" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="B16" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>62</v>
+        <v>93</v>
       </c>
       <c r="B17" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>95</v>
       </c>
       <c r="B18" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>46</v>
       </c>
       <c r="B19" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>98</v>
       </c>