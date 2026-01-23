--- v0 (2026-01-02)
+++ v1 (2026-01-23)
@@ -274,66 +274,66 @@
   <si>
     <t>TriArt Film</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Filmarti</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA,IT</t>
+  </si>
+  <si>
+    <t>Les Toilettes</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>真相</t>
+  </si>
+  <si>
     <t>AR,ES</t>
   </si>
   <si>
     <t>La verdad</t>
-  </si>
-[...10 lines deleted...]
-    <t>真相</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>La Vérité - Leben und lügen lassen</t>
   </si>
   <si>
     <t>Истината</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>A Verdade</t>
   </si>
   <si>
     <t>AU,CA,GB,IE,NL,US</t>
   </si>
   <si>
     <t>The Truth</t>
   </si>
   <si>
     <t>La Vérité</t>
   </si>
@@ -1736,62 +1736,62 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="17.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>86</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-      <c r="A3" t="s">
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>88</v>
       </c>
-      <c r="B3" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>90</v>
       </c>
       <c r="B5" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>92</v>
       </c>
       <c r="B6" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>33</v>
       </c>
       <c r="B7" t="s">