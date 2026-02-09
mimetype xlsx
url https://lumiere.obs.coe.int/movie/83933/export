--- v0 (2025-11-20)
+++ v1 (2026-02-09)
@@ -259,50 +259,56 @@
   <si>
     <t>Svensk Filmindustri</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Bir Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Ovčica Šone: Farmagedon</t>
+  </si>
+  <si>
     <t>BG</t>
   </si>
   <si>
     <t>Овцата Шон филмът: Фармагедон</t>
   </si>
   <si>
     <t>AU,CA,GB,US</t>
   </si>
   <si>
     <t>Shaun the Sheep 2: Farmageddon</t>
   </si>
   <si>
     <t>Fåret Shaun - Farmageddon</t>
   </si>
   <si>
     <t>AU,GB,NZ,US</t>
   </si>
   <si>
     <t>Shaun the Sheep Movie: Farmageddon</t>
   </si>
   <si>
     <t>Kuzular Firarda: Uzay Parkı</t>
   </si>
   <si>
     <t>Farmageddon</t>
@@ -365,56 +371,50 @@
     <t>Auniņš Šons filma: Fermagedons</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Shaun, el cordero: La película - Granjaguedon</t>
   </si>
   <si>
     <t>Shaun, el cordero: La película - Granjaguedón</t>
   </si>
   <si>
     <t>Shaun het Schaap de film: Het Ruimteschaap</t>
   </si>
   <si>
     <t>Sauen Shaun filmen: Farmageddon</t>
   </si>
   <si>
     <t>Baranek Shaun Film. Farmageddon</t>
   </si>
   <si>
     <t>A Ovelha Choné - O Filme: A Quinta Contra-Ataca</t>
   </si>
   <si>
     <t>A Ovelha Choné O Filme - A Quinta Contra-Ataca</t>
-  </si>
-[...4 lines deleted...]
-    <t>Ovčica Šone: Farmagedon</t>
   </si>
   <si>
     <t>Fåret Shaun Filmen: Farmageddon</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Баранчик Шон: Фермагеддон</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>Farmageddon: A Shaun the Sheep Movie</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>映画 ひつじのショーン UFOフィーバー！</t>
   </si>
   <si>
     <t>Σον το πρόβατο: Η ταινία - Φαρμαγεδών</t>
   </si>
@@ -1827,263 +1827,263 @@
     <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="48.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>81</v>
       </c>
       <c r="B2" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>83</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>84</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>33</v>
+        <v>85</v>
       </c>
       <c r="B4" t="s">
-        <v>84</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="B5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>86</v>
+        <v>47</v>
       </c>
       <c r="B6" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>88</v>
+      </c>
+      <c r="B7" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2">
+      <c r="A8" t="s">
         <v>77</v>
       </c>
-      <c r="B7" t="s">
-[...3 lines deleted...]
-    <row r="8" spans="1:2">
       <c r="B8" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="B9" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="B10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="11" spans="1:2">
-      <c r="A11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B11" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>94</v>
       </c>
       <c r="B12" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>96</v>
       </c>
       <c r="B13" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>98</v>
       </c>
       <c r="B14" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>41</v>
+        <v>100</v>
       </c>
       <c r="B15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B16" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B17" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B18" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B19" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>48</v>
       </c>
       <c r="B20" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="B21" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="B22" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B23" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>109</v>
+        <v>63</v>
       </c>
       <c r="B24" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B25" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>66</v>
+        <v>111</v>
       </c>
       <c r="B26" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B27" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B28" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B29" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>70</v>
       </c>
       <c r="B30" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>117</v>
+        <v>70</v>
       </c>
       <c r="B31" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>72</v>
       </c>
       <c r="B32" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>120</v>
       </c>
       <c r="B33" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>122</v>
       </c>