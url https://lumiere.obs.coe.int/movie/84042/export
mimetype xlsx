--- v0 (2025-12-12)
+++ v1 (2026-01-08)
@@ -815,66 +815,68 @@
       <c r="D4" s="3">
         <v>3072</v>
       </c>
       <c r="E4" s="3"/>
       <c r="F4" s="3">
         <v>2893</v>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="3">
         <v>179</v>
       </c>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" t="s">
         <v>31</v>
       </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
       <c r="C5">
         <v>44004</v>
       </c>
       <c r="D5" s="3">
-        <v>223481</v>
+        <v>223781</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3">
         <v>220185</v>
       </c>
       <c r="G5" s="3">
         <v>475</v>
       </c>
       <c r="H5" s="3">
         <v>1123</v>
       </c>
       <c r="I5" s="3">
         <v>1698</v>
       </c>
-      <c r="J5" s="3"/>
+      <c r="J5" s="3">
+        <v>300</v>
+      </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6">
         <v>43868</v>
       </c>
       <c r="D6" s="3">
         <v>18774</v>
       </c>
       <c r="E6" s="3">
         <v>457</v>
       </c>
       <c r="F6" s="3">
         <v>17837</v>
       </c>
       <c r="G6" s="3">
         <v>66</v>
       </c>
       <c r="H6" s="3">
         <v>281</v>
@@ -1042,95 +1044,95 @@
         <v>46</v>
       </c>
       <c r="B14" t="s">
         <v>47</v>
       </c>
       <c r="C14">
         <v>43917</v>
       </c>
       <c r="D14" s="3">
         <v>1726</v>
       </c>
       <c r="E14" s="3"/>
       <c r="F14" s="3">
         <v>1726</v>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
       <c r="J14" s="3"/>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="3">
-        <v>399202</v>
+        <v>399502</v>
       </c>
       <c r="E15" s="3">
         <v>129128</v>
       </c>
       <c r="F15" s="3">
         <v>265366</v>
       </c>
       <c r="G15" s="3">
         <v>1182</v>
       </c>
       <c r="H15" s="3">
         <v>1695</v>
       </c>
       <c r="I15" s="3">
         <v>1806</v>
       </c>
       <c r="J15" s="3">
-        <v>25</v>
+        <v>325</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" t="s">
         <v>49</v>
       </c>
       <c r="D16" s="3">
-        <v>402444</v>
+        <v>402744</v>
       </c>
       <c r="E16" s="3">
         <v>129309</v>
       </c>
       <c r="F16" s="3">
         <v>268427</v>
       </c>
       <c r="G16" s="3">
         <v>1182</v>
       </c>
       <c r="H16" s="3">
         <v>1695</v>
       </c>
       <c r="I16" s="3">
         <v>1806</v>
       </c>
       <c r="J16" s="3">
-        <v>25</v>
+        <v>325</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="40.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>